--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1212,58 +1212,58 @@
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pkt. 2.2.1 PD U2) okres ten może być przedłużony do</w:t>
       </w:r>
       <w:r w:rsidR="00C716E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maksymalnego okresu zachowania prawa do zasiłku, tj. do 6 miesięcy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551DC175" w14:textId="1B33E66F" w:rsidR="00265569" w:rsidRPr="00265569" w:rsidRDefault="00265569" w:rsidP="009761DD">
+    <w:p w14:paraId="551DC175" w14:textId="63122E29" w:rsidR="00265569" w:rsidRPr="00C57337" w:rsidRDefault="00265569" w:rsidP="00053F60">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
-        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="850" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">po powrocie do Polski, </w:t>
       </w:r>
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zachowuję prawo do kontynuowania wypłaty </w:t>
       </w:r>
       <w:r w:rsidRPr="00265569">
@@ -1312,641 +1312,679 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> już całego okresu zasiłkowego), </w:t>
       </w:r>
       <w:r w:rsidRPr="00265569">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jeżeli zgłoszę się w powiatowym urzędzie pracy z chwilą zakończenia lub przed upływem maksymalnego okresu, na który przyznano mi prawo do transferu zasiłku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB19736" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="00FD49EA" w:rsidRDefault="002442DA" w:rsidP="009761DD">
+    <w:p w14:paraId="30F480C5" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FD49EA">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KLAUZULA INFORMACYJNA DOTYCZĄCA OCHRONY DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0402CD49" w14:textId="77777777" w:rsidR="002442DA" w:rsidRDefault="002442DA" w:rsidP="009761DD">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Zgodnie z art. 13 ust. 1−2 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z 27.04.2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych), zwanego dalej RODO – informuje się, że: </w:t>
+    <w:p w14:paraId="2EFCC242" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:before="0" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zgodnie z art. 13 ust. 1−2 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27.04.2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych), zwanego dalej RODO – informuję, że:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8A14C0" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="002E5A08" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="31B53CC3" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00A20BAA">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002E5A08">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Administrator danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4B0289" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="10E8D611" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00A20BAA">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:before="0" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratorem Pani/Pana danych jest Wojewódzki Urząd Pracy w Krakowie, mający siedzibę w Krakowie (30-107) przy Placu Na Stawach 1. Z administratorem danych można </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>można się skontaktować poprzez adres mailowy kancelaria@wup-krakow.pl, telefonicznie pod numerem 12 42 87 870 lub pisemnie na ww. adres siedziby administratora.</w:t>
+        <w:t>się skontaktować poprzez adres mailowy kancelaria@wup-krakow.pl, telefonicznie pod numerem 12 42 87 870 lub pisemnie na ww. adres siedziby administratora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAD141E" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="002E5A08" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="4F68F9C1" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002E5A08">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E98E48" w14:textId="66989839" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="09424812" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
+        <w:spacing w:before="0" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W Wojewódzkim Urzędzie Pracy w Krakowie został wyznaczony Inspektor Ochrony Danych. Z Inspektorem Ochrony Danych może się Pani/Pan skontaktować poprzez email ochronadanych@wup-krakow.pl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C716E5">
-[...27 lines deleted...]
-        <w:t>przetwarzaniem danych.</w:t>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lub pisemnie na adres siedziby Urzędu. Z Inspektorem Ochrony Danych można kontaktować się we wszystkich sprawach dotyczących przetwarzania danych osobowych oraz korzystania z praw związanych z przetwarzaniem danych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B04094A" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="002E5A08" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="4ED37DAE" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002E5A08">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Cele przetwarzania danych i podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E55160" w14:textId="3FAEF709" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...23 lines deleted...]
-        <w:t>koordynacją systemów zabezpieczenia społecznego. Podstawą prawną przetwarzania Pani/Pana danych są:</w:t>
+    <w:p w14:paraId="22895D52" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administrator będzie przetwarzać  Pani/Pana dane w celu realizacji zadań związanych z koordynacją systemów zabezpieczenia społecznego. Podstawą prawną przetwarzania Pani/Pana danych są:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6F7C28" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="00533F60" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...119 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="0ACDD5DA" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Informacja o wymogu/dobrowolności podania danych:</w:t>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RODO art. 6 ust. 1 lit. c) oraz art. 9 ust. 2 lit. b)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6126FDC0" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...16 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="1591D57A" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Konsekwencje niepodania danych osobowych:</w:t>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ustawa z dnia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 marca 2025 r. o rynku pracy i służbach zatrudnienia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oraz inne akty prawne regulujące zadania związane z koordynacją systemów  zabezpieczenia społecznego,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B69ED34" w14:textId="38784C21" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...16 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="16B77586" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Okres przechowywania danych:</w:t>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ustawa z dnia 14 lipca 1983 r. o narodowym zasobie archiwalnym i archiwach.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7474236E" w14:textId="3763E2F5" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...40 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="1724651B" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002E5A08">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informacja o wymogu/dobrowolności podania danych:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4784F6" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie danych ma charakter obowiązkowy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C4CE7F" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Konsekwencje niepodania danych osobowych:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D32C504" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Niepodanie danych skutkuje niemożnością realizacji zadania za zakresu koordynacji systemów zabezpieczenia społecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBCECFD" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Okres przechowywania danych:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDC8B23" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przechowywane przez okres niezbędny do realizacji celu wskazanego w punkcie III, a po tym czasie do momentu wygaśnięcia obowiązku ich archiwizacji wynikającego z Jednolitego Rzeczowego Wykazu Akt WUP w Krakowie wydanego na podstawie przepisów ustawy o zasobie archiwalnym i archiwach, tj. przez okres 50 lat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D2A6C4" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Prawo dostępu do danych osobowych i ograniczenia przetwarzania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203D3850" w14:textId="1FC8590F" w:rsidR="002442DA" w:rsidRPr="0084623F" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...35 lines deleted...]
-        <w:t>ograniczenia oraz prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych w przypadku stwierdzenia, że przetwarzanie Pani/Pana danych osobowych narusza przepisy RODO.</w:t>
+    <w:p w14:paraId="4C547A01" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Posiada Pani/Pan prawo dostępu do treści swoich danych, prawo ich sprostowania i ograniczenia oraz prawo do wniesienia skargi do Prezesa Urzędu Ochrony Danych Osobowych w przypadku stwierdzenia, że przetwarzanie Pani/Pana danych osobowych narusza przepisy RODO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A61EA4" w14:textId="77777777" w:rsidR="002442DA" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="5FD9592B" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Odbiorcy danych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF261A7" w14:textId="17049561" w:rsidR="002442DA" w:rsidRPr="00C716E5" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...59 lines deleted...]
-        <w:t>podpisane umowy dwustronne w zakresie koordynacji systemów zabezpieczenia społecznego. Odrębną kategorię odbiorców, którym mogą być ujawnione Pani/Pana dane są podmioty uprawnione do obsługi doręczeń oraz podmioty, z którymi WUP Kraków zawarł umowę na świadczenie usług serwisowych dla użytkowanych w Urzędzie systemów informatycznych.</w:t>
+    <w:p w14:paraId="303EBA89" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Odbiorcami, do których mogą być przekazane Pani/Pana dane osobowe będą strony i uczestnicy postępowań lub organy właściwe do załatwienia wniosku na mocy przepisów prawa, którym WUP Kraków Pani/Pana wniosek przekazał. Pani/Pana dane osobowe mogą być przekazane instytucjom właściwym i łącznikowym ds. koordynacji systemów zabezpieczenia społecznego w krajach UE/EOG/Szwajcarii, Wielkiej Brytanii oraz państw trzecich, z którymi RP ma podpisane umowy dwustronne w zakresie koordynacji systemów zabezpieczenia społecznego. Odrębną kategorię odbiorców, którym mogą być ujawnione Pani/Pana dane są podmioty uprawnione do obsługi doręczeń oraz podmioty, z którymi WUP Kraków zawarł umowę na świadczenie usług serwisowych dla użytkowanych w Urzędzie systemów informatycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9928F8" w14:textId="77777777" w:rsidR="002442DA" w:rsidRPr="002E5A08" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="7186F388" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="00C57337">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F6008A">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profilowanie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61399979" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="00FE7760" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane nie będą przetwarzane w sposób zautomatyzowany, w tym również profilowane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C1948A" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="0095710E" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0095710E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DODATKOWE INFORMACJE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1BE015" w14:textId="58DF0CB9" w:rsidR="0020775F" w:rsidRDefault="002442DA" w:rsidP="00C716E5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00F6008A">
+    <w:p w14:paraId="126C6D51" w14:textId="77777777" w:rsidR="00C57337" w:rsidRPr="003E3BE2" w:rsidRDefault="00C57337" w:rsidP="0095710E">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Administrator w celu realizacji zadania będzie przetwarzał także inne dane niż wynikające bezpośrednio z przepisów prawa, jeżeli wyrazi Pan/Pani na to zgodę (np. numer telefonu, adres poczty elektronicznej). W takim przypadku zgoda na przetwarzanie danych osobowych innych niż wynikających bezpośrednio z przepisów prawa może zostać w każdym momencie wycofana poprzez przesłanie informacji pisemnie na adres siedziby administratora. Wycofanie zgody nie wpływa na zgodność z prawem przetwarzania, którego dokonano na podstawie zgody przed jej wycofaniem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F801710" w14:textId="7D3CABD5" w:rsidR="009A444F" w:rsidRDefault="009A444F" w:rsidP="00C716E5">
       <w:pPr>
         <w:spacing w:after="360" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E7334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Wyrażam zgodę na kontakt drogą telefoniczną pod numerem</w:t>
       </w:r>
       <w:r w:rsidR="0017488B" w:rsidRPr="004E7334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -1994,73 +2032,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Data i czytelny</w:t>
       </w:r>
       <w:r w:rsidR="00C17914" w:rsidRPr="004E7334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E7334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>podpis</w:t>
       </w:r>
       <w:r w:rsidR="00292EDC" w:rsidRPr="004E7334">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>…………………………………..</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009A444F" w:rsidRPr="004E7334" w:rsidSect="00C716E5">
-      <w:footerReference w:type="default" r:id="rId9"/>
-      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1077" w:right="1077" w:bottom="1077" w:left="1077" w:header="284" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10B3E0D0" w14:textId="77777777" w:rsidR="00D369BF" w:rsidRDefault="00D369BF" w:rsidP="001A6097">
+    <w:p w14:paraId="27898CE7" w14:textId="77777777" w:rsidR="008431EA" w:rsidRDefault="008431EA" w:rsidP="001A6097">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09EF0F10" w14:textId="77777777" w:rsidR="00D369BF" w:rsidRDefault="00D369BF" w:rsidP="001A6097">
+    <w:p w14:paraId="0F50CEFA" w14:textId="77777777" w:rsidR="008431EA" w:rsidRDefault="008431EA" w:rsidP="001A6097">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2173,58 +2211,58 @@
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="pl-PL"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00D16E24">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="072C3C0E" w14:textId="77777777" w:rsidR="00D16E24" w:rsidRDefault="00D16E24">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B4963DE" w14:textId="77777777" w:rsidR="00D369BF" w:rsidRDefault="00D369BF" w:rsidP="001A6097">
+    <w:p w14:paraId="2A4CC35D" w14:textId="77777777" w:rsidR="008431EA" w:rsidRDefault="008431EA" w:rsidP="001A6097">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="387ACB92" w14:textId="77777777" w:rsidR="00D369BF" w:rsidRDefault="00D369BF" w:rsidP="001A6097">
+    <w:p w14:paraId="4CD80CF6" w14:textId="77777777" w:rsidR="008431EA" w:rsidRDefault="008431EA" w:rsidP="001A6097">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3AEDE2BA" w14:textId="56ED09A6" w:rsidR="00E74313" w:rsidRPr="001754F9" w:rsidRDefault="00FE52A3" w:rsidP="001754F9">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
     <w:r w:rsidRPr="001754F9">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FB38292" wp14:editId="50E406FD">
           <wp:extent cx="6124575" cy="523875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="6" name="Obraz 7" descr="Zestawienie logotypów zawierające od lewej: znak Wojewódzkiego Urzędu Pracy w Krakowie z podpisem Instytucja Województwa Małopolskiego, znak województwa małopolskiego z podpisem Małopolska"/>
           <wp:cNvGraphicFramePr>
@@ -2706,50 +2744,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09437733"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B808990"/>
+    <w:lvl w:ilvl="0" w:tplc="04150013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B9B5CE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21B2F384"/>
     <w:lvl w:ilvl="0" w:tplc="04150013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2791,51 +2915,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAF729A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B709556"/>
     <w:lvl w:ilvl="0" w:tplc="C952DAD4">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="360"/>
       </w:pPr>
@@ -2906,51 +3030,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15273F43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A28EB812"/>
     <w:lvl w:ilvl="0" w:tplc="6E3455F2">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3021,51 +3145,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15923447"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4D4EC46"/>
     <w:lvl w:ilvl="0" w:tplc="04150013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3107,51 +3231,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="181E6FA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A5C2292"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3220,51 +3344,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1887351A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16CE2818"/>
     <w:lvl w:ilvl="0" w:tplc="B46C0AB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3333,51 +3457,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B15269C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54A373C"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3446,51 +3570,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B9C7891"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="396A1168"/>
     <w:lvl w:ilvl="0" w:tplc="02A4CD02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3561,51 +3685,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DB568DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="925AEF42"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -3650,51 +3774,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20510E72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C386715A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D373F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA28DBD0"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -3739,51 +3949,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23AA5CFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFAA8CBE"/>
     <w:lvl w:ilvl="0" w:tplc="17602696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1449" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3852,51 +4062,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23CE3E3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DB4BF52"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3965,51 +4175,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29CC3DD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D10ACB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4080,51 +4290,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A0837FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFCAF7E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4193,51 +4403,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33197FB3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFCAF7E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4306,51 +4516,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="342100F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B529AFA"/>
     <w:lvl w:ilvl="0" w:tplc="D61C7590">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="360"/>
       </w:pPr>
@@ -4421,51 +4631,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="362559C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="513491F6"/>
     <w:lvl w:ilvl="0" w:tplc="6DD88906">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4510,51 +4720,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="373F3B23"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BFA0D2C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Nagwek2"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -4628,51 +4838,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C221E0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26F6044A"/>
     <w:lvl w:ilvl="0" w:tplc="F90859EC">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Calibri" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4742,51 +4952,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4014089C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5107C56"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1434" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4855,51 +5065,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6474" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40D608DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="461642B0"/>
     <w:lvl w:ilvl="0" w:tplc="E37A527E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4944,51 +5154,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42DE0140"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="79E4BEC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5059,51 +5269,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4551098A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70920F42"/>
     <w:lvl w:ilvl="0" w:tplc="9048AEAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -5148,51 +5358,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49B905F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33466904"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5261,51 +5471,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD932DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="983A57FC"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="729" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1449" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5374,51 +5584,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5769" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6489" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D6E3079"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B6A8E7C"/>
     <w:lvl w:ilvl="0" w:tplc="7EDE6B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -5463,51 +5673,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F857895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CA69FDA"/>
     <w:lvl w:ilvl="0" w:tplc="0C3A64CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5576,51 +5786,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58381C79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A3A4E10"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1434" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5689,51 +5899,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6474" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672C5E32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8F23D16"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5775,51 +5985,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706522A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F042AAF4"/>
     <w:lvl w:ilvl="0" w:tplc="04150013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5861,51 +6071,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DD0C31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EAC89FDC"/>
     <w:lvl w:ilvl="0" w:tplc="B46C0AB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5974,51 +6184,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71243674"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8474F7EC"/>
     <w:lvl w:ilvl="0" w:tplc="A19416D6">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1470" w:hanging="360"/>
       </w:pPr>
@@ -6089,51 +6299,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71B9164D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8550D2C6"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6202,51 +6412,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73281E83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7ACEBBAC"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6288,51 +6498,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="732C1F45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBE83346"/>
     <w:lvl w:ilvl="0" w:tplc="B46C0AB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6401,51 +6611,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="738574EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34F887EA"/>
     <w:lvl w:ilvl="0" w:tplc="A3207156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6516,51 +6726,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77571BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="347A78B8"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6629,51 +6839,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78646F1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD14CDF8"/>
     <w:lvl w:ilvl="0" w:tplc="108E984C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6742,51 +6952,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="786C0D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="893C437A"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6829,255 +7039,261 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="3">
-[...11 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="8">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="17">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="21">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="20">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="30">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="33">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="36">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="40">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="41">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="43">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="44">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="46">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="47">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="48">
     <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00284516"/>
     <w:rsid w:val="000003F3"/>
     <w:rsid w:val="00000C36"/>
     <w:rsid w:val="00001B0A"/>
     <w:rsid w:val="00002893"/>
     <w:rsid w:val="0000416B"/>
     <w:rsid w:val="0000638C"/>
@@ -7085,50 +7301,51 @@
     <w:rsid w:val="0000741D"/>
     <w:rsid w:val="00010CA0"/>
     <w:rsid w:val="00011FF3"/>
     <w:rsid w:val="0001590F"/>
     <w:rsid w:val="00020283"/>
     <w:rsid w:val="00020468"/>
     <w:rsid w:val="00020B2B"/>
     <w:rsid w:val="0002248C"/>
     <w:rsid w:val="00025066"/>
     <w:rsid w:val="0002636D"/>
     <w:rsid w:val="00026A23"/>
     <w:rsid w:val="00027A3C"/>
     <w:rsid w:val="00031AE7"/>
     <w:rsid w:val="00032CB6"/>
     <w:rsid w:val="0003573A"/>
     <w:rsid w:val="0003675F"/>
     <w:rsid w:val="0004051A"/>
     <w:rsid w:val="00041F87"/>
     <w:rsid w:val="000431A1"/>
     <w:rsid w:val="000440FB"/>
     <w:rsid w:val="000444C8"/>
     <w:rsid w:val="00045738"/>
     <w:rsid w:val="00045F07"/>
     <w:rsid w:val="0005023A"/>
     <w:rsid w:val="00052B3E"/>
+    <w:rsid w:val="00053F60"/>
     <w:rsid w:val="00055A45"/>
     <w:rsid w:val="000570ED"/>
     <w:rsid w:val="00060662"/>
     <w:rsid w:val="00060EBA"/>
     <w:rsid w:val="00060F87"/>
     <w:rsid w:val="00061152"/>
     <w:rsid w:val="00066703"/>
     <w:rsid w:val="000671C7"/>
     <w:rsid w:val="000713A2"/>
     <w:rsid w:val="00071E8A"/>
     <w:rsid w:val="0007202E"/>
     <w:rsid w:val="00072C02"/>
     <w:rsid w:val="00075B23"/>
     <w:rsid w:val="00081568"/>
     <w:rsid w:val="00081BF8"/>
     <w:rsid w:val="00085F23"/>
     <w:rsid w:val="000877EF"/>
     <w:rsid w:val="000903CA"/>
     <w:rsid w:val="000919C5"/>
     <w:rsid w:val="00091DE0"/>
     <w:rsid w:val="00093418"/>
     <w:rsid w:val="000942A5"/>
     <w:rsid w:val="00096AD5"/>
     <w:rsid w:val="00097237"/>
     <w:rsid w:val="000A3672"/>
@@ -7810,50 +8027,51 @@
     <w:rsid w:val="007E230F"/>
     <w:rsid w:val="007E31CA"/>
     <w:rsid w:val="007E5149"/>
     <w:rsid w:val="007E5151"/>
     <w:rsid w:val="007E6476"/>
     <w:rsid w:val="007F0F8D"/>
     <w:rsid w:val="007F5B5E"/>
     <w:rsid w:val="007F6D8C"/>
     <w:rsid w:val="007F75B2"/>
     <w:rsid w:val="008025E5"/>
     <w:rsid w:val="00812DF3"/>
     <w:rsid w:val="008131BD"/>
     <w:rsid w:val="008158B0"/>
     <w:rsid w:val="008214CD"/>
     <w:rsid w:val="00821E59"/>
     <w:rsid w:val="008233AA"/>
     <w:rsid w:val="008234D2"/>
     <w:rsid w:val="008267D9"/>
     <w:rsid w:val="00826EE1"/>
     <w:rsid w:val="0083021E"/>
     <w:rsid w:val="00832A39"/>
     <w:rsid w:val="00834F74"/>
     <w:rsid w:val="00840AEC"/>
     <w:rsid w:val="008422ED"/>
     <w:rsid w:val="0084289C"/>
+    <w:rsid w:val="008431EA"/>
     <w:rsid w:val="00851E88"/>
     <w:rsid w:val="0085506F"/>
     <w:rsid w:val="0085521F"/>
     <w:rsid w:val="00856B68"/>
     <w:rsid w:val="00857020"/>
     <w:rsid w:val="00860275"/>
     <w:rsid w:val="008605C1"/>
     <w:rsid w:val="0086110C"/>
     <w:rsid w:val="00861433"/>
     <w:rsid w:val="00861C50"/>
     <w:rsid w:val="0086243E"/>
     <w:rsid w:val="00862B29"/>
     <w:rsid w:val="00862B35"/>
     <w:rsid w:val="00862B3D"/>
     <w:rsid w:val="0086600D"/>
     <w:rsid w:val="0086722E"/>
     <w:rsid w:val="00867D3C"/>
     <w:rsid w:val="00870FDE"/>
     <w:rsid w:val="008731BC"/>
     <w:rsid w:val="00874B60"/>
     <w:rsid w:val="0087698E"/>
     <w:rsid w:val="00877DA2"/>
     <w:rsid w:val="00881C35"/>
     <w:rsid w:val="00882F85"/>
     <w:rsid w:val="00887420"/>
@@ -7971,50 +8189,51 @@
     <w:rsid w:val="009E4E00"/>
     <w:rsid w:val="009E6B58"/>
     <w:rsid w:val="009E7F6A"/>
     <w:rsid w:val="009F0D0A"/>
     <w:rsid w:val="009F2B1F"/>
     <w:rsid w:val="009F3822"/>
     <w:rsid w:val="009F4A79"/>
     <w:rsid w:val="009F4B42"/>
     <w:rsid w:val="009F4ED9"/>
     <w:rsid w:val="009F5726"/>
     <w:rsid w:val="009F6D55"/>
     <w:rsid w:val="00A01D68"/>
     <w:rsid w:val="00A02652"/>
     <w:rsid w:val="00A02BC7"/>
     <w:rsid w:val="00A04C4F"/>
     <w:rsid w:val="00A04FC4"/>
     <w:rsid w:val="00A060B9"/>
     <w:rsid w:val="00A060C0"/>
     <w:rsid w:val="00A06CDE"/>
     <w:rsid w:val="00A0735E"/>
     <w:rsid w:val="00A07D99"/>
     <w:rsid w:val="00A117D2"/>
     <w:rsid w:val="00A14750"/>
     <w:rsid w:val="00A161D9"/>
     <w:rsid w:val="00A17D86"/>
+    <w:rsid w:val="00A20BAA"/>
     <w:rsid w:val="00A23AFF"/>
     <w:rsid w:val="00A24501"/>
     <w:rsid w:val="00A24B00"/>
     <w:rsid w:val="00A2547B"/>
     <w:rsid w:val="00A2690D"/>
     <w:rsid w:val="00A30D1B"/>
     <w:rsid w:val="00A32087"/>
     <w:rsid w:val="00A3226E"/>
     <w:rsid w:val="00A32899"/>
     <w:rsid w:val="00A354F1"/>
     <w:rsid w:val="00A361D9"/>
     <w:rsid w:val="00A3766E"/>
     <w:rsid w:val="00A40228"/>
     <w:rsid w:val="00A422EC"/>
     <w:rsid w:val="00A42930"/>
     <w:rsid w:val="00A45329"/>
     <w:rsid w:val="00A457B8"/>
     <w:rsid w:val="00A45E70"/>
     <w:rsid w:val="00A464BD"/>
     <w:rsid w:val="00A51B5F"/>
     <w:rsid w:val="00A52621"/>
     <w:rsid w:val="00A53773"/>
     <w:rsid w:val="00A54E6B"/>
     <w:rsid w:val="00A557AC"/>
     <w:rsid w:val="00A6472D"/>
@@ -8170,50 +8389,51 @@
     <w:rsid w:val="00C12B58"/>
     <w:rsid w:val="00C161C3"/>
     <w:rsid w:val="00C16DB5"/>
     <w:rsid w:val="00C1755A"/>
     <w:rsid w:val="00C17914"/>
     <w:rsid w:val="00C22229"/>
     <w:rsid w:val="00C237B7"/>
     <w:rsid w:val="00C26F83"/>
     <w:rsid w:val="00C30D9C"/>
     <w:rsid w:val="00C30FBF"/>
     <w:rsid w:val="00C322A5"/>
     <w:rsid w:val="00C364CB"/>
     <w:rsid w:val="00C3785C"/>
     <w:rsid w:val="00C401B1"/>
     <w:rsid w:val="00C427C5"/>
     <w:rsid w:val="00C43B17"/>
     <w:rsid w:val="00C44FED"/>
     <w:rsid w:val="00C46AFD"/>
     <w:rsid w:val="00C46BE0"/>
     <w:rsid w:val="00C46BF1"/>
     <w:rsid w:val="00C479B3"/>
     <w:rsid w:val="00C515BB"/>
     <w:rsid w:val="00C55E9F"/>
     <w:rsid w:val="00C561DC"/>
     <w:rsid w:val="00C56FD7"/>
+    <w:rsid w:val="00C57337"/>
     <w:rsid w:val="00C6087C"/>
     <w:rsid w:val="00C61339"/>
     <w:rsid w:val="00C61FEF"/>
     <w:rsid w:val="00C62809"/>
     <w:rsid w:val="00C6288C"/>
     <w:rsid w:val="00C62A42"/>
     <w:rsid w:val="00C64D4A"/>
     <w:rsid w:val="00C65026"/>
     <w:rsid w:val="00C66E11"/>
     <w:rsid w:val="00C67CD5"/>
     <w:rsid w:val="00C67F09"/>
     <w:rsid w:val="00C7109A"/>
     <w:rsid w:val="00C716E5"/>
     <w:rsid w:val="00C73503"/>
     <w:rsid w:val="00C74400"/>
     <w:rsid w:val="00C747D7"/>
     <w:rsid w:val="00C751B7"/>
     <w:rsid w:val="00C76940"/>
     <w:rsid w:val="00C80B08"/>
     <w:rsid w:val="00C8103A"/>
     <w:rsid w:val="00C81E98"/>
     <w:rsid w:val="00C85C06"/>
     <w:rsid w:val="00C85E2E"/>
     <w:rsid w:val="00C86D8A"/>
     <w:rsid w:val="00C9042E"/>
@@ -8507,78 +8727,78 @@
     <w:rsid w:val="00FE5C59"/>
     <w:rsid w:val="00FE74B5"/>
     <w:rsid w:val="00FF172C"/>
     <w:rsid w:val="00FF3206"/>
     <w:rsid w:val="00FF363F"/>
     <w:rsid w:val="00FF6FF5"/>
     <w:rsid w:val="00FF7637"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49DCD02F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A750C3CA-527C-4DA6-83FF-9D0F05DD4F03}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8830,71 +9050,72 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B044A5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BA32E6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek20">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DF3E3B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -9195,85 +9416,86 @@
   <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Tekstkomentarza"/>
     <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:rsid w:val="009514EA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:rsid w:val="009514EA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BA32E6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagwek2">
     <w:name w:val="Nagłówek .2"/>
     <w:basedOn w:val="Nagwek20"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="009761DD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="33"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek20"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF3E3B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009761DD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
@@ -9379,51 +9601,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1703483153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochronadanych@wup-krakow.pl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -9699,72 +9921,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99601AB0-68D8-4CC4-B52F-D8883046F51D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1022</Words>
-  <Characters>6134</Characters>
+  <Words>956</Words>
+  <Characters>6136</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wniosek o wydanie dokumentu U2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7142</CharactersWithSpaces>
+  <CharactersWithSpaces>7078</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wniosek o wydanie dokumentu U2</dc:title>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords>wniosek, podanie, U2, dokumentu U2, transfer zasiłku za granicę, WUP w Krakowie</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>